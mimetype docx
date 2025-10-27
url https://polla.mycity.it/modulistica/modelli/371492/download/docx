--- v0 (2025-10-06)
+++ v1 (2025-10-27)
@@ -35,73 +35,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3229926129"/>
+            <w:name w:val="__Fieldmark__0_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3229926129"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3229926129"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1833434699"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1833434699"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3229926129"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1833434699"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -146,591 +146,591 @@
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_3229926129"/>
+            <w:name w:val="__Fieldmark__1_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3229926129"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3229926129"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1833434699"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1833434699"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3229926129"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1833434699"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_3229926129"/>
+            <w:name w:val="__Fieldmark__2_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3229926129"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3229926129"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1833434699"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1833434699"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3229926129"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1833434699"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3229926129"/>
+            <w:name w:val="__Fieldmark__3_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3229926129"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3229926129"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1833434699"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1833434699"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3229926129"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1833434699"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3229926129"/>
+            <w:name w:val="__Fieldmark__4_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3229926129"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3229926129"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1833434699"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1833434699"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3229926129"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1833434699"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3229926129"/>
+            <w:name w:val="__Fieldmark__5_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3229926129"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3229926129"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1833434699"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1833434699"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3229926129"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1833434699"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3229926129"/>
+            <w:name w:val="__Fieldmark__6_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3229926129"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3229926129"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1833434699"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1833434699"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3229926129"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1833434699"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> e abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3229926129"/>
+            <w:name w:val="__Fieldmark__7_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3229926129"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3229926129"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1833434699"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1833434699"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3229926129"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1833434699"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3229926129"/>
+            <w:name w:val="__Fieldmark__8_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3229926129"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3229926129"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1833434699"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1833434699"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3229926129"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1833434699"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3229926129"/>
+            <w:name w:val="__Fieldmark__9_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3229926129"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3229926129"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1833434699"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1833434699"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3229926129"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1833434699"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONNOTATI E CONTRASSEGNI SALIENTI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Statura m. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_3229926129"/>
+            <w:name w:val="__Fieldmark__10_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3229926129"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3229926129"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1833434699"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1833434699"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3229926129"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1833434699"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Capelli </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_3229926129"/>
+            <w:name w:val="__Fieldmark__11_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3229926129"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3229926129"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1833434699"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1833434699"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3229926129"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1833434699"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Occhi </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_3229926129"/>
+            <w:name w:val="__Fieldmark__12_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3229926129"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3229926129"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1833434699"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1833434699"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3229926129"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1833434699"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Segni particolari </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_3229926129"/>
+            <w:name w:val="__Fieldmark__13_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3229926129"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3229926129"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1833434699"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1833434699"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3229926129"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1833434699"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Professione </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_3229926129"/>
+            <w:name w:val="__Fieldmark__14_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3229926129"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3229926129"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_1833434699"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_1833434699"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3229926129"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1833434699"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VIENE RICHIESTO</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -748,327 +748,327 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3229926129"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3229926129"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_1833434699"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_1833434699"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1833434699"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione dello stato civile </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3229926129"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3229926129"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_1833434699"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_1833434699"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_1833434699"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione della seguente paternità e maternità o di chi ne fa le veci </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Paternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_3229926129"/>
+            <w:name w:val="__Fieldmark__17_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3229926129"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3229926129"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_1833434699"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_1833434699"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3229926129"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_1833434699"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_3229926129"/>
+            <w:name w:val="__Fieldmark__18_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3229926129"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_3229926129"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_1833434699"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_1833434699"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3229926129"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_1833434699"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tutore o esercente la responsabilità genitoriale </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_3229926129"/>
+            <w:name w:val="__Fieldmark__19_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3229926129"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_3229926129"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_1833434699"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_1833434699"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.......................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3229926129"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_1833434699"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3229926129"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3229926129"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_1833434699"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_1833434699"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_1833434699"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3229926129"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3229926129"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_1833434699"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_1833434699"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_1833434699"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARANO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -1080,86 +1080,86 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_3229926129"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_3229926129"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_1833434699"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_1833434699"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_1833434699"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di non trovarmi</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_3229926129"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_3229926129"/>
+      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_1833434699"/>
+      <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_1833434699"/>
+      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_1833434699"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che il/la minore non si trova</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>in alcuna delle condizioni ostative al rilascio previste dall'art. 3 della Legge 21 novembre 1967 n. 1185, e</w:t>
       </w:r>
@@ -1174,354 +1174,354 @@
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>La necessità della richiesta deriva dai seguenti gravi e comprovati motivi, che impediscono il rientro nel</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> comune di residenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_3229926129"/>
+            <w:name w:val="__Fieldmark__24_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_3229926129"/>
-      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_3229926129"/>
+      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_1833434699"/>
+      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_1833434699"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_3229926129"/>
+      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_1833434699"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__25_3229926129"/>
+            <w:name w:val="__Fieldmark__25_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_3229926129"/>
-      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_3229926129"/>
+      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_1833434699"/>
+      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_1833434699"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_3229926129"/>
+      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_1833434699"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__26_3229926129"/>
+            <w:name w:val="__Fieldmark__26_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_3229926129"/>
-      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_3229926129"/>
+      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_1833434699"/>
+      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_1833434699"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_3229926129"/>
+      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_1833434699"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_3229926129"/>
+            <w:name w:val="__Fieldmark__27_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_3229926129"/>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_3229926129"/>
+      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_1833434699"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_1833434699"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_3229926129"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_1833434699"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_3229926129"/>
+            <w:name w:val="__Fieldmark__28_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_3229926129"/>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_3229926129"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_1833434699"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_1833434699"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_3229926129"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_1833434699"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_3229926129"/>
+            <w:name w:val="__Fieldmark__29_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_3229926129"/>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_3229926129"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_1833434699"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_1833434699"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_3229926129"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_1833434699"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>La sottoscrizione ha avuto luogo in mia presenza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_3229926129"/>
+            <w:name w:val="__Fieldmark__30_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_3229926129"/>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_3229926129"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_1833434699"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_1833434699"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_3229926129"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_1833434699"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
@@ -1823,120 +1823,120 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>coloro che, essendo residenti all'estero e richiedendo il passaporto dopo il 1° gennaio dell'anno in cui compiono il 20° anno di età, non abbiano regolarizzato la loro posizione in rapporto all'obbligo del servizio militare.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_3229926129"/>
+            <w:name w:val="__Fieldmark__31_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_3229926129"/>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_3229926129"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_1833434699"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_1833434699"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_3229926129"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_1833434699"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_3229926129"/>
+            <w:name w:val="__Fieldmark__32_1833434699"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_3229926129"/>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_3229926129"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_1833434699"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_1833434699"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_3229926129"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_1833434699"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>