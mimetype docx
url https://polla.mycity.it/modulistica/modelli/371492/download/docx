--- v1 (2025-10-27)
+++ v2 (2025-11-17)
@@ -35,73 +35,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_1833434699"/>
+            <w:name w:val="__Fieldmark__0_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1833434699"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1833434699"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1125534791"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1125534791"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1833434699"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1125534791"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -146,591 +146,591 @@
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_1833434699"/>
+            <w:name w:val="__Fieldmark__1_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1833434699"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1833434699"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1125534791"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1125534791"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1833434699"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1125534791"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_1833434699"/>
+            <w:name w:val="__Fieldmark__2_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1833434699"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1833434699"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1125534791"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1125534791"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1833434699"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1125534791"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_1833434699"/>
+            <w:name w:val="__Fieldmark__3_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1833434699"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1833434699"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1125534791"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1125534791"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1833434699"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1125534791"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_1833434699"/>
+            <w:name w:val="__Fieldmark__4_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1833434699"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1833434699"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1125534791"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1125534791"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1833434699"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1125534791"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_1833434699"/>
+            <w:name w:val="__Fieldmark__5_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1833434699"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1833434699"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1125534791"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1125534791"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1833434699"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1125534791"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_1833434699"/>
+            <w:name w:val="__Fieldmark__6_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1833434699"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1833434699"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1125534791"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1125534791"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1833434699"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1125534791"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> e abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_1833434699"/>
+            <w:name w:val="__Fieldmark__7_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1833434699"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1833434699"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1125534791"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1125534791"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1833434699"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1125534791"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_1833434699"/>
+            <w:name w:val="__Fieldmark__8_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1833434699"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1833434699"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1125534791"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1125534791"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1833434699"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1125534791"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_1833434699"/>
+            <w:name w:val="__Fieldmark__9_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1833434699"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1833434699"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1125534791"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1125534791"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1833434699"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1125534791"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONNOTATI E CONTRASSEGNI SALIENTI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Statura m. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_1833434699"/>
+            <w:name w:val="__Fieldmark__10_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1833434699"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1833434699"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1125534791"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1125534791"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1833434699"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1125534791"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Capelli </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_1833434699"/>
+            <w:name w:val="__Fieldmark__11_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1833434699"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1833434699"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1125534791"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1125534791"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1833434699"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1125534791"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Occhi </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_1833434699"/>
+            <w:name w:val="__Fieldmark__12_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1833434699"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1833434699"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1125534791"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1125534791"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1833434699"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1125534791"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Segni particolari </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_1833434699"/>
+            <w:name w:val="__Fieldmark__13_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1833434699"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1833434699"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1125534791"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1125534791"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1833434699"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1125534791"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Professione </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_1833434699"/>
+            <w:name w:val="__Fieldmark__14_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_1833434699"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_1833434699"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_1125534791"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_1125534791"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1833434699"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1125534791"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VIENE RICHIESTO</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -748,327 +748,327 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_1833434699"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1833434699"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_1125534791"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_1125534791"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1125534791"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione dello stato civile </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_1833434699"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_1833434699"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_1125534791"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_1125534791"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_1125534791"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione della seguente paternità e maternità o di chi ne fa le veci </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Paternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_1833434699"/>
+            <w:name w:val="__Fieldmark__17_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_1833434699"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_1833434699"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_1125534791"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_1125534791"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_1833434699"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_1125534791"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_1833434699"/>
+            <w:name w:val="__Fieldmark__18_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_1833434699"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_1833434699"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_1125534791"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_1125534791"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_1833434699"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_1125534791"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tutore o esercente la responsabilità genitoriale </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_1833434699"/>
+            <w:name w:val="__Fieldmark__19_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_1833434699"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_1833434699"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_1125534791"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_1125534791"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.......................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_1833434699"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_1125534791"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_1833434699"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_1833434699"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_1125534791"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_1125534791"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_1125534791"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_1833434699"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_1833434699"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_1125534791"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_1125534791"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_1125534791"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARANO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -1080,86 +1080,86 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_1833434699"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_1833434699"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_1125534791"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_1125534791"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_1125534791"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di non trovarmi</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_1833434699"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_1833434699"/>
+      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_1125534791"/>
+      <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_1125534791"/>
+      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_1125534791"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che il/la minore non si trova</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>in alcuna delle condizioni ostative al rilascio previste dall'art. 3 della Legge 21 novembre 1967 n. 1185, e</w:t>
       </w:r>
@@ -1174,354 +1174,354 @@
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>La necessità della richiesta deriva dai seguenti gravi e comprovati motivi, che impediscono il rientro nel</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> comune di residenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_1833434699"/>
+            <w:name w:val="__Fieldmark__24_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_1833434699"/>
-      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_1833434699"/>
+      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_1125534791"/>
+      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_1125534791"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_1833434699"/>
+      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_1125534791"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__25_1833434699"/>
+            <w:name w:val="__Fieldmark__25_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_1833434699"/>
-      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_1833434699"/>
+      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_1125534791"/>
+      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_1125534791"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_1833434699"/>
+      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_1125534791"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__26_1833434699"/>
+            <w:name w:val="__Fieldmark__26_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_1833434699"/>
-      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_1833434699"/>
+      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_1125534791"/>
+      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_1125534791"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_1833434699"/>
+      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_1125534791"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_1833434699"/>
+            <w:name w:val="__Fieldmark__27_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_1833434699"/>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_1833434699"/>
+      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_1125534791"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_1125534791"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_1833434699"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_1125534791"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_1833434699"/>
+            <w:name w:val="__Fieldmark__28_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_1833434699"/>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_1833434699"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_1125534791"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_1125534791"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_1833434699"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_1125534791"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_1833434699"/>
+            <w:name w:val="__Fieldmark__29_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_1833434699"/>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_1833434699"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_1125534791"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_1125534791"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_1833434699"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_1125534791"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>La sottoscrizione ha avuto luogo in mia presenza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_1833434699"/>
+            <w:name w:val="__Fieldmark__30_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_1833434699"/>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_1833434699"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_1125534791"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_1125534791"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_1833434699"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_1125534791"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
@@ -1823,120 +1823,120 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>coloro che, essendo residenti all'estero e richiedendo il passaporto dopo il 1° gennaio dell'anno in cui compiono il 20° anno di età, non abbiano regolarizzato la loro posizione in rapporto all'obbligo del servizio militare.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_1833434699"/>
+            <w:name w:val="__Fieldmark__31_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_1833434699"/>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_1833434699"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_1125534791"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_1125534791"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_1833434699"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_1125534791"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_1833434699"/>
+            <w:name w:val="__Fieldmark__32_1125534791"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_1833434699"/>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_1833434699"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_1125534791"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_1125534791"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_1833434699"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_1125534791"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>