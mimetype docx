--- v2 (2025-11-17)
+++ v3 (2025-12-07)
@@ -35,73 +35,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_1125534791"/>
+            <w:name w:val="__Fieldmark__0_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1125534791"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1125534791"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_338283271"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_338283271"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1125534791"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_338283271"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -146,591 +146,591 @@
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_1125534791"/>
+            <w:name w:val="__Fieldmark__1_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1125534791"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1125534791"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_338283271"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_338283271"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1125534791"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_338283271"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_1125534791"/>
+            <w:name w:val="__Fieldmark__2_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1125534791"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1125534791"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_338283271"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_338283271"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1125534791"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_338283271"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_1125534791"/>
+            <w:name w:val="__Fieldmark__3_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1125534791"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1125534791"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_338283271"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_338283271"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1125534791"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_338283271"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_1125534791"/>
+            <w:name w:val="__Fieldmark__4_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1125534791"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1125534791"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_338283271"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_338283271"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1125534791"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_338283271"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_1125534791"/>
+            <w:name w:val="__Fieldmark__5_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1125534791"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1125534791"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_338283271"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_338283271"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1125534791"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_338283271"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_1125534791"/>
+            <w:name w:val="__Fieldmark__6_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1125534791"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1125534791"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_338283271"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_338283271"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1125534791"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_338283271"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> e abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_1125534791"/>
+            <w:name w:val="__Fieldmark__7_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1125534791"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1125534791"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_338283271"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_338283271"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1125534791"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_338283271"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_1125534791"/>
+            <w:name w:val="__Fieldmark__8_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_1125534791"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_1125534791"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_338283271"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_338283271"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_1125534791"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_338283271"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_1125534791"/>
+            <w:name w:val="__Fieldmark__9_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_1125534791"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_1125534791"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_338283271"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_338283271"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_1125534791"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_338283271"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONNOTATI E CONTRASSEGNI SALIENTI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Statura m. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_1125534791"/>
+            <w:name w:val="__Fieldmark__10_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_1125534791"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_1125534791"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_338283271"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_338283271"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_1125534791"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_338283271"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Capelli </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_1125534791"/>
+            <w:name w:val="__Fieldmark__11_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_1125534791"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_1125534791"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_338283271"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_338283271"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_1125534791"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_338283271"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Occhi </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_1125534791"/>
+            <w:name w:val="__Fieldmark__12_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_1125534791"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_1125534791"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_338283271"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_338283271"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_1125534791"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_338283271"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Segni particolari </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_1125534791"/>
+            <w:name w:val="__Fieldmark__13_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_1125534791"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_1125534791"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_338283271"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_338283271"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_1125534791"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_338283271"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Professione </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_1125534791"/>
+            <w:name w:val="__Fieldmark__14_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_1125534791"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_1125534791"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_338283271"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_338283271"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_1125534791"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_338283271"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VIENE RICHIESTO</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -748,327 +748,327 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_1125534791"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_1125534791"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_338283271"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_338283271"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_338283271"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione dello stato civile </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_1125534791"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_1125534791"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_338283271"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_338283271"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_338283271"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione della seguente paternità e maternità o di chi ne fa le veci </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Paternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_1125534791"/>
+            <w:name w:val="__Fieldmark__17_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_1125534791"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_1125534791"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_338283271"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_338283271"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_1125534791"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_338283271"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_1125534791"/>
+            <w:name w:val="__Fieldmark__18_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_1125534791"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_1125534791"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_338283271"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_338283271"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_1125534791"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_338283271"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tutore o esercente la responsabilità genitoriale </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_1125534791"/>
+            <w:name w:val="__Fieldmark__19_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_1125534791"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_1125534791"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_338283271"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_338283271"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.......................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_1125534791"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_338283271"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_1125534791"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_1125534791"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_338283271"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_338283271"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_338283271"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_1125534791"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_1125534791"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_338283271"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_338283271"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_338283271"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARANO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -1080,86 +1080,86 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_1125534791"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_1125534791"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_338283271"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_338283271"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_338283271"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di non trovarmi</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_1125534791"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_1125534791"/>
+      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_338283271"/>
+      <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_338283271"/>
+      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_338283271"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che il/la minore non si trova</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>in alcuna delle condizioni ostative al rilascio previste dall'art. 3 della Legge 21 novembre 1967 n. 1185, e</w:t>
       </w:r>
@@ -1174,354 +1174,354 @@
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>La necessità della richiesta deriva dai seguenti gravi e comprovati motivi, che impediscono il rientro nel</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> comune di residenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_1125534791"/>
+            <w:name w:val="__Fieldmark__24_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_1125534791"/>
-      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_1125534791"/>
+      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_338283271"/>
+      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_338283271"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_1125534791"/>
+      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_338283271"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__25_1125534791"/>
+            <w:name w:val="__Fieldmark__25_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_1125534791"/>
-      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_1125534791"/>
+      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_338283271"/>
+      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_338283271"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_1125534791"/>
+      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_338283271"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__26_1125534791"/>
+            <w:name w:val="__Fieldmark__26_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_1125534791"/>
-      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_1125534791"/>
+      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_338283271"/>
+      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_338283271"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_1125534791"/>
+      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_338283271"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_1125534791"/>
+            <w:name w:val="__Fieldmark__27_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_1125534791"/>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_1125534791"/>
+      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_338283271"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_338283271"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_1125534791"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_338283271"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_1125534791"/>
+            <w:name w:val="__Fieldmark__28_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_1125534791"/>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_1125534791"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_338283271"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_338283271"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_1125534791"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_338283271"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_1125534791"/>
+            <w:name w:val="__Fieldmark__29_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_1125534791"/>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_1125534791"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_338283271"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_338283271"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_1125534791"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_338283271"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>La sottoscrizione ha avuto luogo in mia presenza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_1125534791"/>
+            <w:name w:val="__Fieldmark__30_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_1125534791"/>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_1125534791"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_338283271"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_338283271"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_1125534791"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_338283271"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
@@ -1823,120 +1823,120 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>coloro che, essendo residenti all'estero e richiedendo il passaporto dopo il 1° gennaio dell'anno in cui compiono il 20° anno di età, non abbiano regolarizzato la loro posizione in rapporto all'obbligo del servizio militare.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_1125534791"/>
+            <w:name w:val="__Fieldmark__31_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_1125534791"/>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_1125534791"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_338283271"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_338283271"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_1125534791"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_338283271"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_1125534791"/>
+            <w:name w:val="__Fieldmark__32_338283271"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_1125534791"/>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_1125534791"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_338283271"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_338283271"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_1125534791"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_338283271"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>