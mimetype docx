--- v3 (2025-12-07)
+++ v4 (2025-12-28)
@@ -35,73 +35,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_338283271"/>
+            <w:name w:val="__Fieldmark__0_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_338283271"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_338283271"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2031411195"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2031411195"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_338283271"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2031411195"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -146,591 +146,591 @@
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_338283271"/>
+            <w:name w:val="__Fieldmark__1_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_338283271"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_338283271"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2031411195"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2031411195"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_338283271"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2031411195"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_338283271"/>
+            <w:name w:val="__Fieldmark__2_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_338283271"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_338283271"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2031411195"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2031411195"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_338283271"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2031411195"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_338283271"/>
+            <w:name w:val="__Fieldmark__3_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_338283271"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_338283271"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2031411195"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2031411195"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_338283271"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2031411195"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_338283271"/>
+            <w:name w:val="__Fieldmark__4_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_338283271"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_338283271"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2031411195"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2031411195"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_338283271"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2031411195"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_338283271"/>
+            <w:name w:val="__Fieldmark__5_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_338283271"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_338283271"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2031411195"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2031411195"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_338283271"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2031411195"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_338283271"/>
+            <w:name w:val="__Fieldmark__6_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_338283271"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_338283271"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2031411195"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2031411195"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_338283271"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2031411195"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> e abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_338283271"/>
+            <w:name w:val="__Fieldmark__7_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_338283271"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_338283271"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2031411195"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2031411195"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_338283271"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2031411195"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_338283271"/>
+            <w:name w:val="__Fieldmark__8_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_338283271"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_338283271"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2031411195"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2031411195"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_338283271"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2031411195"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_338283271"/>
+            <w:name w:val="__Fieldmark__9_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_338283271"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_338283271"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2031411195"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2031411195"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_338283271"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2031411195"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONNOTATI E CONTRASSEGNI SALIENTI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Statura m. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_338283271"/>
+            <w:name w:val="__Fieldmark__10_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_338283271"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_338283271"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2031411195"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2031411195"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_338283271"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2031411195"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Capelli </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_338283271"/>
+            <w:name w:val="__Fieldmark__11_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_338283271"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_338283271"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2031411195"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2031411195"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_338283271"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2031411195"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Occhi </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_338283271"/>
+            <w:name w:val="__Fieldmark__12_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_338283271"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_338283271"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2031411195"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2031411195"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_338283271"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2031411195"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Segni particolari </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_338283271"/>
+            <w:name w:val="__Fieldmark__13_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_338283271"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_338283271"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2031411195"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2031411195"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_338283271"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2031411195"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Professione </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_338283271"/>
+            <w:name w:val="__Fieldmark__14_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_338283271"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_338283271"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_2031411195"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_2031411195"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_338283271"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2031411195"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VIENE RICHIESTO</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -748,327 +748,327 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_338283271"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_338283271"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_2031411195"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_2031411195"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2031411195"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione dello stato civile </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_338283271"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_338283271"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_2031411195"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_2031411195"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_2031411195"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione della seguente paternità e maternità o di chi ne fa le veci </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Paternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_338283271"/>
+            <w:name w:val="__Fieldmark__17_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_338283271"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_338283271"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_2031411195"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_2031411195"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_338283271"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_2031411195"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_338283271"/>
+            <w:name w:val="__Fieldmark__18_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_338283271"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_338283271"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_2031411195"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_2031411195"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_338283271"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_2031411195"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tutore o esercente la responsabilità genitoriale </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_338283271"/>
+            <w:name w:val="__Fieldmark__19_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_338283271"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_338283271"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_2031411195"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_2031411195"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.......................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_338283271"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_2031411195"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_338283271"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_338283271"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_2031411195"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_2031411195"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_2031411195"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_338283271"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_338283271"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_2031411195"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_2031411195"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_2031411195"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARANO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -1080,86 +1080,86 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_338283271"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_338283271"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_2031411195"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_2031411195"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_2031411195"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di non trovarmi</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_338283271"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_338283271"/>
+      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_2031411195"/>
+      <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_2031411195"/>
+      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_2031411195"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che il/la minore non si trova</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>in alcuna delle condizioni ostative al rilascio previste dall'art. 3 della Legge 21 novembre 1967 n. 1185, e</w:t>
       </w:r>
@@ -1174,354 +1174,354 @@
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>La necessità della richiesta deriva dai seguenti gravi e comprovati motivi, che impediscono il rientro nel</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> comune di residenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_338283271"/>
+            <w:name w:val="__Fieldmark__24_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_338283271"/>
-      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_338283271"/>
+      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_2031411195"/>
+      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_2031411195"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_338283271"/>
+      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_2031411195"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__25_338283271"/>
+            <w:name w:val="__Fieldmark__25_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_338283271"/>
-      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_338283271"/>
+      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_2031411195"/>
+      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_2031411195"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_338283271"/>
+      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_2031411195"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__26_338283271"/>
+            <w:name w:val="__Fieldmark__26_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_338283271"/>
-      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_338283271"/>
+      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_2031411195"/>
+      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_2031411195"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_338283271"/>
+      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_2031411195"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_338283271"/>
+            <w:name w:val="__Fieldmark__27_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_338283271"/>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_338283271"/>
+      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_2031411195"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_2031411195"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_338283271"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_2031411195"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_338283271"/>
+            <w:name w:val="__Fieldmark__28_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_338283271"/>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_338283271"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_2031411195"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_2031411195"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_338283271"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_2031411195"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_338283271"/>
+            <w:name w:val="__Fieldmark__29_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_338283271"/>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_338283271"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_2031411195"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_2031411195"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_338283271"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_2031411195"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>La sottoscrizione ha avuto luogo in mia presenza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_338283271"/>
+            <w:name w:val="__Fieldmark__30_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_338283271"/>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_338283271"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_2031411195"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_2031411195"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_338283271"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_2031411195"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
@@ -1823,120 +1823,120 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>coloro che, essendo residenti all'estero e richiedendo il passaporto dopo il 1° gennaio dell'anno in cui compiono il 20° anno di età, non abbiano regolarizzato la loro posizione in rapporto all'obbligo del servizio militare.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_338283271"/>
+            <w:name w:val="__Fieldmark__31_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_338283271"/>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_338283271"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_2031411195"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_2031411195"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_338283271"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_2031411195"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_338283271"/>
+            <w:name w:val="__Fieldmark__32_2031411195"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_338283271"/>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_338283271"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_2031411195"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_2031411195"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_338283271"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_2031411195"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>