--- v4 (2025-12-28)
+++ v5 (2026-01-17)
@@ -35,73 +35,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_2031411195"/>
+            <w:name w:val="__Fieldmark__0_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2031411195"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2031411195"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3346798240"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3346798240"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2031411195"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3346798240"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -146,591 +146,591 @@
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_2031411195"/>
+            <w:name w:val="__Fieldmark__1_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2031411195"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2031411195"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3346798240"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3346798240"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2031411195"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3346798240"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_2031411195"/>
+            <w:name w:val="__Fieldmark__2_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2031411195"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2031411195"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3346798240"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3346798240"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2031411195"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3346798240"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_2031411195"/>
+            <w:name w:val="__Fieldmark__3_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2031411195"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2031411195"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3346798240"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3346798240"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2031411195"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3346798240"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_2031411195"/>
+            <w:name w:val="__Fieldmark__4_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2031411195"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2031411195"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3346798240"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3346798240"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2031411195"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3346798240"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_2031411195"/>
+            <w:name w:val="__Fieldmark__5_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2031411195"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2031411195"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3346798240"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3346798240"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2031411195"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3346798240"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_2031411195"/>
+            <w:name w:val="__Fieldmark__6_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2031411195"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2031411195"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3346798240"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3346798240"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2031411195"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3346798240"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> e abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_2031411195"/>
+            <w:name w:val="__Fieldmark__7_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2031411195"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2031411195"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3346798240"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3346798240"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2031411195"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3346798240"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_2031411195"/>
+            <w:name w:val="__Fieldmark__8_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_2031411195"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_2031411195"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3346798240"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3346798240"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_2031411195"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3346798240"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_2031411195"/>
+            <w:name w:val="__Fieldmark__9_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_2031411195"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_2031411195"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3346798240"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3346798240"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_2031411195"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3346798240"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONNOTATI E CONTRASSEGNI SALIENTI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Statura m. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_2031411195"/>
+            <w:name w:val="__Fieldmark__10_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_2031411195"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_2031411195"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3346798240"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3346798240"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_2031411195"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3346798240"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Capelli </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_2031411195"/>
+            <w:name w:val="__Fieldmark__11_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_2031411195"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_2031411195"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3346798240"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3346798240"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_2031411195"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3346798240"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Occhi </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_2031411195"/>
+            <w:name w:val="__Fieldmark__12_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_2031411195"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_2031411195"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3346798240"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3346798240"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_2031411195"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3346798240"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Segni particolari </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_2031411195"/>
+            <w:name w:val="__Fieldmark__13_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_2031411195"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_2031411195"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3346798240"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3346798240"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_2031411195"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3346798240"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Professione </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_2031411195"/>
+            <w:name w:val="__Fieldmark__14_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_2031411195"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_2031411195"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3346798240"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3346798240"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_2031411195"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3346798240"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VIENE RICHIESTO</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -748,327 +748,327 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_2031411195"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_2031411195"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3346798240"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_3346798240"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3346798240"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione dello stato civile </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_2031411195"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_2031411195"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3346798240"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_3346798240"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3346798240"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione della seguente paternità e maternità o di chi ne fa le veci </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Paternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_2031411195"/>
+            <w:name w:val="__Fieldmark__17_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_2031411195"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_2031411195"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3346798240"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3346798240"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_2031411195"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3346798240"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_2031411195"/>
+            <w:name w:val="__Fieldmark__18_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_2031411195"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_2031411195"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3346798240"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_3346798240"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_2031411195"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3346798240"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tutore o esercente la responsabilità genitoriale </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_2031411195"/>
+            <w:name w:val="__Fieldmark__19_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_2031411195"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_2031411195"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3346798240"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_3346798240"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.......................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_2031411195"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3346798240"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_2031411195"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_2031411195"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3346798240"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_3346798240"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3346798240"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_2031411195"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_2031411195"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3346798240"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_3346798240"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3346798240"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARANO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -1080,86 +1080,86 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_2031411195"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_2031411195"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_3346798240"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_3346798240"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_3346798240"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di non trovarmi</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_2031411195"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_2031411195"/>
+      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_3346798240"/>
+      <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_3346798240"/>
+      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_3346798240"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che il/la minore non si trova</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>in alcuna delle condizioni ostative al rilascio previste dall'art. 3 della Legge 21 novembre 1967 n. 1185, e</w:t>
       </w:r>
@@ -1174,354 +1174,354 @@
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>La necessità della richiesta deriva dai seguenti gravi e comprovati motivi, che impediscono il rientro nel</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> comune di residenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_2031411195"/>
+            <w:name w:val="__Fieldmark__24_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_2031411195"/>
-      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_2031411195"/>
+      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_3346798240"/>
+      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_3346798240"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_2031411195"/>
+      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_3346798240"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__25_2031411195"/>
+            <w:name w:val="__Fieldmark__25_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_2031411195"/>
-      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_2031411195"/>
+      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_3346798240"/>
+      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_3346798240"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_2031411195"/>
+      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_3346798240"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__26_2031411195"/>
+            <w:name w:val="__Fieldmark__26_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_2031411195"/>
-      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_2031411195"/>
+      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_3346798240"/>
+      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_3346798240"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_2031411195"/>
+      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_3346798240"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_2031411195"/>
+            <w:name w:val="__Fieldmark__27_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_2031411195"/>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_2031411195"/>
+      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_3346798240"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_3346798240"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_2031411195"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_3346798240"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_2031411195"/>
+            <w:name w:val="__Fieldmark__28_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_2031411195"/>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_2031411195"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_3346798240"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_3346798240"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_2031411195"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_3346798240"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_2031411195"/>
+            <w:name w:val="__Fieldmark__29_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_2031411195"/>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_2031411195"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_3346798240"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_3346798240"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_2031411195"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_3346798240"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>La sottoscrizione ha avuto luogo in mia presenza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_2031411195"/>
+            <w:name w:val="__Fieldmark__30_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_2031411195"/>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_2031411195"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_3346798240"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_3346798240"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_2031411195"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_3346798240"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
@@ -1823,120 +1823,120 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>coloro che, essendo residenti all'estero e richiedendo il passaporto dopo il 1° gennaio dell'anno in cui compiono il 20° anno di età, non abbiano regolarizzato la loro posizione in rapporto all'obbligo del servizio militare.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_2031411195"/>
+            <w:name w:val="__Fieldmark__31_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_2031411195"/>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_2031411195"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_3346798240"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_3346798240"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_2031411195"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_3346798240"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_2031411195"/>
+            <w:name w:val="__Fieldmark__32_3346798240"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_2031411195"/>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_2031411195"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_3346798240"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_3346798240"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_2031411195"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_3346798240"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>