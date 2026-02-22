--- v5 (2026-01-17)
+++ v6 (2026-02-22)
@@ -35,73 +35,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_3346798240"/>
+            <w:name w:val="__Fieldmark__0_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3346798240"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3346798240"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_375717879"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_375717879"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3346798240"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_375717879"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -146,591 +146,591 @@
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_3346798240"/>
+            <w:name w:val="__Fieldmark__1_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3346798240"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3346798240"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_375717879"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_375717879"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3346798240"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_375717879"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_3346798240"/>
+            <w:name w:val="__Fieldmark__2_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3346798240"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3346798240"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_375717879"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_375717879"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3346798240"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_375717879"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_3346798240"/>
+            <w:name w:val="__Fieldmark__3_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3346798240"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3346798240"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_375717879"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_375717879"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3346798240"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_375717879"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_3346798240"/>
+            <w:name w:val="__Fieldmark__4_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3346798240"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3346798240"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_375717879"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_375717879"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3346798240"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_375717879"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_3346798240"/>
+            <w:name w:val="__Fieldmark__5_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3346798240"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3346798240"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_375717879"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_375717879"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3346798240"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_375717879"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_3346798240"/>
+            <w:name w:val="__Fieldmark__6_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3346798240"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3346798240"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_375717879"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_375717879"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3346798240"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_375717879"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> e abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_3346798240"/>
+            <w:name w:val="__Fieldmark__7_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3346798240"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3346798240"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_375717879"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_375717879"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3346798240"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_375717879"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_3346798240"/>
+            <w:name w:val="__Fieldmark__8_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3346798240"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3346798240"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_375717879"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_375717879"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3346798240"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_375717879"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_3346798240"/>
+            <w:name w:val="__Fieldmark__9_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3346798240"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3346798240"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_375717879"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_375717879"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3346798240"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_375717879"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONNOTATI E CONTRASSEGNI SALIENTI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Statura m. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_3346798240"/>
+            <w:name w:val="__Fieldmark__10_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3346798240"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3346798240"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_375717879"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_375717879"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3346798240"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_375717879"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Capelli </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_3346798240"/>
+            <w:name w:val="__Fieldmark__11_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3346798240"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3346798240"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_375717879"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_375717879"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3346798240"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_375717879"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Occhi </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_3346798240"/>
+            <w:name w:val="__Fieldmark__12_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3346798240"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3346798240"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_375717879"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_375717879"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3346798240"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_375717879"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Segni particolari </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_3346798240"/>
+            <w:name w:val="__Fieldmark__13_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3346798240"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3346798240"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_375717879"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_375717879"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3346798240"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_375717879"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Professione </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_3346798240"/>
+            <w:name w:val="__Fieldmark__14_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3346798240"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3346798240"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_375717879"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_375717879"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3346798240"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_375717879"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VIENE RICHIESTO</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -748,327 +748,327 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3346798240"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3346798240"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_375717879"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_375717879"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_375717879"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione dello stato civile </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3346798240"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3346798240"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_375717879"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_375717879"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_375717879"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione della seguente paternità e maternità o di chi ne fa le veci </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Paternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_3346798240"/>
+            <w:name w:val="__Fieldmark__17_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3346798240"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3346798240"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_375717879"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_375717879"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3346798240"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_375717879"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_3346798240"/>
+            <w:name w:val="__Fieldmark__18_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3346798240"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_3346798240"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_375717879"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_375717879"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3346798240"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_375717879"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tutore o esercente la responsabilità genitoriale </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_3346798240"/>
+            <w:name w:val="__Fieldmark__19_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3346798240"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_3346798240"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_375717879"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_375717879"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.......................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3346798240"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_375717879"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3346798240"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3346798240"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_375717879"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_375717879"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_375717879"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3346798240"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3346798240"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_375717879"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_375717879"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_375717879"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARANO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -1080,86 +1080,86 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_3346798240"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_3346798240"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_375717879"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_375717879"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_375717879"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di non trovarmi</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_3346798240"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_3346798240"/>
+      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_375717879"/>
+      <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_375717879"/>
+      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_375717879"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che il/la minore non si trova</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>in alcuna delle condizioni ostative al rilascio previste dall'art. 3 della Legge 21 novembre 1967 n. 1185, e</w:t>
       </w:r>
@@ -1174,354 +1174,354 @@
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>La necessità della richiesta deriva dai seguenti gravi e comprovati motivi, che impediscono il rientro nel</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> comune di residenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_3346798240"/>
+            <w:name w:val="__Fieldmark__24_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_3346798240"/>
-      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_3346798240"/>
+      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_375717879"/>
+      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_375717879"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_3346798240"/>
+      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_375717879"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__25_3346798240"/>
+            <w:name w:val="__Fieldmark__25_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_3346798240"/>
-      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_3346798240"/>
+      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_375717879"/>
+      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_375717879"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_3346798240"/>
+      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_375717879"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__26_3346798240"/>
+            <w:name w:val="__Fieldmark__26_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_3346798240"/>
-      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_3346798240"/>
+      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_375717879"/>
+      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_375717879"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_3346798240"/>
+      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_375717879"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_3346798240"/>
+            <w:name w:val="__Fieldmark__27_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_3346798240"/>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_3346798240"/>
+      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_375717879"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_375717879"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_3346798240"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_375717879"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_3346798240"/>
+            <w:name w:val="__Fieldmark__28_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_3346798240"/>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_3346798240"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_375717879"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_375717879"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_3346798240"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_375717879"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_3346798240"/>
+            <w:name w:val="__Fieldmark__29_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_3346798240"/>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_3346798240"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_375717879"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_375717879"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_3346798240"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_375717879"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>La sottoscrizione ha avuto luogo in mia presenza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_3346798240"/>
+            <w:name w:val="__Fieldmark__30_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_3346798240"/>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_3346798240"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_375717879"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_375717879"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_3346798240"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_375717879"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
@@ -1823,120 +1823,120 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>coloro che, essendo residenti all'estero e richiedendo il passaporto dopo il 1° gennaio dell'anno in cui compiono il 20° anno di età, non abbiano regolarizzato la loro posizione in rapporto all'obbligo del servizio militare.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_3346798240"/>
+            <w:name w:val="__Fieldmark__31_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_3346798240"/>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_3346798240"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_375717879"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_375717879"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_3346798240"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_375717879"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_3346798240"/>
+            <w:name w:val="__Fieldmark__32_375717879"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_3346798240"/>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_3346798240"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_375717879"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_375717879"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_3346798240"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_375717879"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>