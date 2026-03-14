--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -35,73 +35,73 @@
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Al Sig. Sindaco del Comune di</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__0_375717879"/>
+            <w:name w:val="__Fieldmark__0_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_375717879"/>
-      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_375717879"/>
+      <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3057385385"/>
+      <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3057385385"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_375717879"/>
+      <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3057385385"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
@@ -146,591 +146,591 @@
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Al nome di </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__1_375717879"/>
+            <w:name w:val="__Fieldmark__1_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_375717879"/>
-      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_375717879"/>
+      <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3057385385"/>
+      <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3057385385"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_375717879"/>
+      <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3057385385"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> nato/a a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__2_375717879"/>
+            <w:name w:val="__Fieldmark__2_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_375717879"/>
-      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_375717879"/>
+      <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3057385385"/>
+      <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3057385385"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_375717879"/>
+      <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3057385385"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> il </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__3_375717879"/>
+            <w:name w:val="__Fieldmark__3_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_375717879"/>
-      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_375717879"/>
+      <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3057385385"/>
+      <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3057385385"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.....................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_375717879"/>
+      <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3057385385"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> residente a </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__4_375717879"/>
+            <w:name w:val="__Fieldmark__4_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_375717879"/>
-      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_375717879"/>
+      <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3057385385"/>
+      <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3057385385"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_375717879"/>
+      <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3057385385"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__5_375717879"/>
+            <w:name w:val="__Fieldmark__5_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_375717879"/>
-      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_375717879"/>
+      <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3057385385"/>
+      <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3057385385"/>
       <w:bookmarkEnd w:id="16"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_375717879"/>
+      <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3057385385"/>
       <w:bookmarkEnd w:id="17"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__6_375717879"/>
+            <w:name w:val="__Fieldmark__6_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_375717879"/>
-      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_375717879"/>
+      <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3057385385"/>
+      <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3057385385"/>
       <w:bookmarkEnd w:id="19"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_375717879"/>
+      <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3057385385"/>
       <w:bookmarkEnd w:id="20"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> e abitante in </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__7_375717879"/>
+            <w:name w:val="__Fieldmark__7_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_375717879"/>
-      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_375717879"/>
+      <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3057385385"/>
+      <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3057385385"/>
       <w:bookmarkEnd w:id="22"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>........................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_375717879"/>
+      <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3057385385"/>
       <w:bookmarkEnd w:id="23"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Via </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__8_375717879"/>
+            <w:name w:val="__Fieldmark__8_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_375717879"/>
-      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_375717879"/>
+      <w:bookmarkStart w:id="24" w:name="__Fieldmark__8_3057385385"/>
+      <w:bookmarkStart w:id="25" w:name="__Fieldmark__8_3057385385"/>
       <w:bookmarkEnd w:id="25"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_375717879"/>
+      <w:bookmarkStart w:id="26" w:name="__Fieldmark__8_3057385385"/>
       <w:bookmarkEnd w:id="26"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> n. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__9_375717879"/>
+            <w:name w:val="__Fieldmark__9_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_375717879"/>
-      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_375717879"/>
+      <w:bookmarkStart w:id="27" w:name="__Fieldmark__9_3057385385"/>
+      <w:bookmarkStart w:id="28" w:name="__Fieldmark__9_3057385385"/>
       <w:bookmarkEnd w:id="28"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........</w:t>
       </w:r>
-      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_375717879"/>
+      <w:bookmarkStart w:id="29" w:name="__Fieldmark__9_3057385385"/>
       <w:bookmarkEnd w:id="29"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONNOTATI E CONTRASSEGNI SALIENTI</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Statura m. </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__10_375717879"/>
+            <w:name w:val="__Fieldmark__10_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_375717879"/>
-      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_375717879"/>
+      <w:bookmarkStart w:id="30" w:name="__Fieldmark__10_3057385385"/>
+      <w:bookmarkStart w:id="31" w:name="__Fieldmark__10_3057385385"/>
       <w:bookmarkEnd w:id="31"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_375717879"/>
+      <w:bookmarkStart w:id="32" w:name="__Fieldmark__10_3057385385"/>
       <w:bookmarkEnd w:id="32"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Capelli </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__11_375717879"/>
+            <w:name w:val="__Fieldmark__11_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_375717879"/>
-      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_375717879"/>
+      <w:bookmarkStart w:id="33" w:name="__Fieldmark__11_3057385385"/>
+      <w:bookmarkStart w:id="34" w:name="__Fieldmark__11_3057385385"/>
       <w:bookmarkEnd w:id="34"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_375717879"/>
+      <w:bookmarkStart w:id="35" w:name="__Fieldmark__11_3057385385"/>
       <w:bookmarkEnd w:id="35"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">, Occhi </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__12_375717879"/>
+            <w:name w:val="__Fieldmark__12_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_375717879"/>
-      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_375717879"/>
+      <w:bookmarkStart w:id="36" w:name="__Fieldmark__12_3057385385"/>
+      <w:bookmarkStart w:id="37" w:name="__Fieldmark__12_3057385385"/>
       <w:bookmarkEnd w:id="37"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_375717879"/>
+      <w:bookmarkStart w:id="38" w:name="__Fieldmark__12_3057385385"/>
       <w:bookmarkEnd w:id="38"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Segni particolari </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__13_375717879"/>
+            <w:name w:val="__Fieldmark__13_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_375717879"/>
-      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_375717879"/>
+      <w:bookmarkStart w:id="39" w:name="__Fieldmark__13_3057385385"/>
+      <w:bookmarkStart w:id="40" w:name="__Fieldmark__13_3057385385"/>
       <w:bookmarkEnd w:id="40"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_375717879"/>
+      <w:bookmarkStart w:id="41" w:name="__Fieldmark__13_3057385385"/>
       <w:bookmarkEnd w:id="41"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> Professione </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__14_375717879"/>
+            <w:name w:val="__Fieldmark__14_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_375717879"/>
-      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_375717879"/>
+      <w:bookmarkStart w:id="42" w:name="__Fieldmark__14_3057385385"/>
+      <w:bookmarkStart w:id="43" w:name="__Fieldmark__14_3057385385"/>
       <w:bookmarkEnd w:id="43"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.........................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_375717879"/>
+      <w:bookmarkStart w:id="44" w:name="__Fieldmark__14_3057385385"/>
       <w:bookmarkEnd w:id="44"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>VIENE RICHIESTO</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -748,327 +748,327 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_375717879"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_375717879"/>
+      <w:bookmarkStart w:id="45" w:name="__Fieldmark__15_3057385385"/>
+      <w:bookmarkStart w:id="46" w:name="__Fieldmark__15_3057385385"/>
+      <w:bookmarkStart w:id="47" w:name="__Fieldmark__15_3057385385"/>
       <w:bookmarkEnd w:id="47"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione dello stato civile </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo12"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_375717879"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_375717879"/>
+      <w:bookmarkStart w:id="48" w:name="__Fieldmark__16_3057385385"/>
+      <w:bookmarkStart w:id="49" w:name="__Fieldmark__16_3057385385"/>
+      <w:bookmarkStart w:id="50" w:name="__Fieldmark__16_3057385385"/>
       <w:bookmarkEnd w:id="50"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> con l'indicazione della seguente paternità e maternità o di chi ne fa le veci </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Paternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__17_375717879"/>
+            <w:name w:val="__Fieldmark__17_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_375717879"/>
-      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_375717879"/>
+      <w:bookmarkStart w:id="51" w:name="__Fieldmark__17_3057385385"/>
+      <w:bookmarkStart w:id="52" w:name="__Fieldmark__17_3057385385"/>
       <w:bookmarkEnd w:id="52"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_375717879"/>
+      <w:bookmarkStart w:id="53" w:name="__Fieldmark__17_3057385385"/>
       <w:bookmarkEnd w:id="53"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Maternità </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__18_375717879"/>
+            <w:name w:val="__Fieldmark__18_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_375717879"/>
-      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_375717879"/>
+      <w:bookmarkStart w:id="54" w:name="__Fieldmark__18_3057385385"/>
+      <w:bookmarkStart w:id="55" w:name="__Fieldmark__18_3057385385"/>
       <w:bookmarkEnd w:id="55"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>............................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_375717879"/>
+      <w:bookmarkStart w:id="56" w:name="__Fieldmark__18_3057385385"/>
       <w:bookmarkEnd w:id="56"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Tutore o esercente la responsabilità genitoriale </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__19_375717879"/>
+            <w:name w:val="__Fieldmark__19_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_375717879"/>
-      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_375717879"/>
+      <w:bookmarkStart w:id="57" w:name="__Fieldmark__19_3057385385"/>
+      <w:bookmarkStart w:id="58" w:name="__Fieldmark__19_3057385385"/>
       <w:bookmarkEnd w:id="58"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.......................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_375717879"/>
+      <w:bookmarkStart w:id="59" w:name="__Fieldmark__19_3057385385"/>
       <w:bookmarkEnd w:id="59"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo8"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_375717879"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_375717879"/>
+      <w:bookmarkStart w:id="60" w:name="__Fieldmark__20_3057385385"/>
+      <w:bookmarkStart w:id="61" w:name="__Fieldmark__20_3057385385"/>
+      <w:bookmarkStart w:id="62" w:name="__Fieldmark__20_3057385385"/>
       <w:bookmarkEnd w:id="62"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARA</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo9"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_375717879"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_375717879"/>
+      <w:bookmarkStart w:id="63" w:name="__Fieldmark__21_3057385385"/>
+      <w:bookmarkStart w:id="64" w:name="__Fieldmark__21_3057385385"/>
+      <w:bookmarkStart w:id="65" w:name="__Fieldmark__21_3057385385"/>
       <w:bookmarkEnd w:id="65"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>DICHIARANO</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
@@ -1080,86 +1080,86 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo10"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_375717879"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_375717879"/>
+      <w:bookmarkStart w:id="66" w:name="__Fieldmark__22_3057385385"/>
+      <w:bookmarkStart w:id="67" w:name="__Fieldmark__22_3057385385"/>
+      <w:bookmarkStart w:id="68" w:name="__Fieldmark__22_3057385385"/>
       <w:bookmarkEnd w:id="68"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> di non trovarmi</w:t>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Controllo11"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMCHECKBOX </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_375717879"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_375717879"/>
+      <w:bookmarkStart w:id="69" w:name="__Fieldmark__23_3057385385"/>
+      <w:bookmarkStart w:id="70" w:name="__Fieldmark__23_3057385385"/>
+      <w:bookmarkStart w:id="71" w:name="__Fieldmark__23_3057385385"/>
       <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> che il/la minore non si trova</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>in alcuna delle condizioni ostative al rilascio previste dall'art. 3 della Legge 21 novembre 1967 n. 1185, e</w:t>
       </w:r>
@@ -1174,354 +1174,354 @@
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:ind w:firstLine="284"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t>La necessità della richiesta deriva dai seguenti gravi e comprovati motivi, che impediscono il rientro nel</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> comune di residenza:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__24_375717879"/>
+            <w:name w:val="__Fieldmark__24_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_375717879"/>
-      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_375717879"/>
+      <w:bookmarkStart w:id="72" w:name="__Fieldmark__24_3057385385"/>
+      <w:bookmarkStart w:id="73" w:name="__Fieldmark__24_3057385385"/>
       <w:bookmarkEnd w:id="73"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_375717879"/>
+      <w:bookmarkStart w:id="74" w:name="__Fieldmark__24_3057385385"/>
       <w:bookmarkEnd w:id="74"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__25_375717879"/>
+            <w:name w:val="__Fieldmark__25_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_375717879"/>
-      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_375717879"/>
+      <w:bookmarkStart w:id="75" w:name="__Fieldmark__25_3057385385"/>
+      <w:bookmarkStart w:id="76" w:name="__Fieldmark__25_3057385385"/>
       <w:bookmarkEnd w:id="76"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_375717879"/>
+      <w:bookmarkStart w:id="77" w:name="__Fieldmark__25_3057385385"/>
       <w:bookmarkEnd w:id="77"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__26_375717879"/>
+            <w:name w:val="__Fieldmark__26_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_375717879"/>
-      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_375717879"/>
+      <w:bookmarkStart w:id="78" w:name="__Fieldmark__26_3057385385"/>
+      <w:bookmarkStart w:id="79" w:name="__Fieldmark__26_3057385385"/>
       <w:bookmarkEnd w:id="79"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>.............................................................................................................................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_375717879"/>
+      <w:bookmarkStart w:id="80" w:name="__Fieldmark__26_3057385385"/>
       <w:bookmarkEnd w:id="80"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324" w:before="60" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve">Addì </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__27_375717879"/>
+            <w:name w:val="__Fieldmark__27_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_375717879"/>
-      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_375717879"/>
+      <w:bookmarkStart w:id="81" w:name="__Fieldmark__27_3057385385"/>
+      <w:bookmarkStart w:id="82" w:name="__Fieldmark__27_3057385385"/>
       <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_375717879"/>
+      <w:bookmarkStart w:id="83" w:name="__Fieldmark__27_3057385385"/>
       <w:bookmarkEnd w:id="83"/>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ll/i richiedente/i</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__28_375717879"/>
+            <w:name w:val="__Fieldmark__28_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_375717879"/>
-      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_375717879"/>
+      <w:bookmarkStart w:id="84" w:name="__Fieldmark__28_3057385385"/>
+      <w:bookmarkStart w:id="85" w:name="__Fieldmark__28_3057385385"/>
       <w:bookmarkEnd w:id="85"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_375717879"/>
+      <w:bookmarkStart w:id="86" w:name="__Fieldmark__28_3057385385"/>
       <w:bookmarkEnd w:id="86"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__29_375717879"/>
+            <w:name w:val="__Fieldmark__29_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_375717879"/>
-      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_375717879"/>
+      <w:bookmarkStart w:id="87" w:name="__Fieldmark__29_3057385385"/>
+      <w:bookmarkStart w:id="88" w:name="__Fieldmark__29_3057385385"/>
       <w:bookmarkEnd w:id="88"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_375717879"/>
+      <w:bookmarkStart w:id="89" w:name="__Fieldmark__29_3057385385"/>
       <w:bookmarkEnd w:id="89"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:spacing w:lineRule="auto" w:line="324"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t>La sottoscrizione ha avuto luogo in mia presenza.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:jc w:val="right"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>L'impiegato addetto</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__30_375717879"/>
+            <w:name w:val="__Fieldmark__30_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_375717879"/>
-      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_375717879"/>
+      <w:bookmarkStart w:id="90" w:name="__Fieldmark__30_3057385385"/>
+      <w:bookmarkStart w:id="91" w:name="__Fieldmark__30_3057385385"/>
       <w:bookmarkEnd w:id="91"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_375717879"/>
+      <w:bookmarkStart w:id="92" w:name="__Fieldmark__30_3057385385"/>
       <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="12"/>
@@ -1823,120 +1823,120 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>coloro che, essendo residenti all'estero e richiedendo il passaporto dopo il 1° gennaio dell'anno in cui compiono il 20° anno di età, non abbiano regolarizzato la loro posizione in rapporto all'obbligo del servizio militare.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Normal"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9600" w:leader="none"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve">Ritirata in data </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__31_375717879"/>
+            <w:name w:val="__Fieldmark__31_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_375717879"/>
-      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_375717879"/>
+      <w:bookmarkStart w:id="93" w:name="__Fieldmark__31_3057385385"/>
+      <w:bookmarkStart w:id="94" w:name="__Fieldmark__31_3057385385"/>
       <w:bookmarkEnd w:id="94"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>..........................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_375717879"/>
+      <w:bookmarkStart w:id="95" w:name="__Fieldmark__31_3057385385"/>
       <w:bookmarkEnd w:id="95"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Firma</w:t>
       </w:r>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
-            <w:name w:val="__Fieldmark__32_375717879"/>
+            <w:name w:val="__Fieldmark__32_3057385385"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:instrText> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_375717879"/>
-      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_375717879"/>
+      <w:bookmarkStart w:id="96" w:name="__Fieldmark__32_3057385385"/>
+      <w:bookmarkStart w:id="97" w:name="__Fieldmark__32_3057385385"/>
       <w:bookmarkEnd w:id="97"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>...............................................................</w:t>
       </w:r>
-      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_375717879"/>
+      <w:bookmarkStart w:id="98" w:name="__Fieldmark__32_3057385385"/>
       <w:bookmarkEnd w:id="98"/>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-US" w:eastAsia="en-US"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId2"/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:left="1134" w:right="1134" w:header="0" w:top="1134" w:footer="425" w:bottom="1134" w:gutter="0"/>
       <w:pgNumType w:fmt="decimal"/>
       <w:formProt w:val="false"/>
       <w:textDirection w:val="lrTb"/>
       <w:docGrid w:type="default" w:linePitch="360" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>