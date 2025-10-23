--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1520181081"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3771021221"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3771021221"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3771021221"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1520181081"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3771021221"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3771021221"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3771021221"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1520181081"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3771021221"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3771021221"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3771021221"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1520181081"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3771021221"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3771021221"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3771021221"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1520181081"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3771021221"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3771021221"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3771021221"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1520181081"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3771021221"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3771021221"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3771021221"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1520181081"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3771021221"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3771021221"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3771021221"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1520181081"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1520181081"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3771021221"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3771021221"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3771021221"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>