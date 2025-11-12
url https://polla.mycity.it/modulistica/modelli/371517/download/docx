--- v1 (2025-10-23)
+++ v2 (2025-11-12)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3771021221"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2059408683"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2059408683"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2059408683"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3771021221"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2059408683"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2059408683"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2059408683"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3771021221"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2059408683"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2059408683"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2059408683"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3771021221"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2059408683"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2059408683"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2059408683"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3771021221"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2059408683"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2059408683"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2059408683"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3771021221"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2059408683"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2059408683"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2059408683"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3771021221"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2059408683"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2059408683"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2059408683"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3771021221"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3771021221"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2059408683"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2059408683"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2059408683"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>