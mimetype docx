--- v2 (2025-11-12)
+++ v3 (2025-12-04)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2059408683"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2774221720"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2774221720"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2774221720"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2059408683"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2774221720"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2774221720"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2774221720"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2059408683"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2774221720"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2774221720"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2774221720"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2059408683"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2774221720"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2774221720"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2774221720"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2059408683"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2774221720"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2774221720"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2774221720"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2059408683"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2774221720"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2774221720"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2774221720"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2059408683"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2774221720"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2774221720"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2774221720"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2059408683"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2059408683"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2774221720"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2774221720"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2774221720"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>