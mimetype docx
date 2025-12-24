--- v3 (2025-12-04)
+++ v4 (2025-12-24)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2774221720"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4268964591"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_4268964591"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4268964591"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2774221720"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4268964591"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_4268964591"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4268964591"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2774221720"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4268964591"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_4268964591"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4268964591"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2774221720"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4268964591"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_4268964591"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4268964591"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2774221720"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4268964591"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_4268964591"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4268964591"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2774221720"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4268964591"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_4268964591"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4268964591"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2774221720"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4268964591"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_4268964591"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4268964591"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2774221720"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2774221720"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4268964591"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_4268964591"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4268964591"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>