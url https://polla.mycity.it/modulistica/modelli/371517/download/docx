--- v4 (2025-12-24)
+++ v5 (2026-01-13)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_4268964591"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3608628250"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_3608628250"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3608628250"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_4268964591"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3608628250"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_3608628250"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3608628250"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_4268964591"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3608628250"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_3608628250"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3608628250"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_4268964591"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3608628250"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_3608628250"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3608628250"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_4268964591"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3608628250"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_3608628250"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3608628250"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_4268964591"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3608628250"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_3608628250"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3608628250"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_4268964591"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3608628250"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_3608628250"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3608628250"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_4268964591"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_4268964591"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3608628250"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_3608628250"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3608628250"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>