--- v5 (2026-01-13)
+++ v6 (2026-02-04)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_3608628250"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1238043834"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1238043834"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1238043834"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_3608628250"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1238043834"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1238043834"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1238043834"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_3608628250"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1238043834"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1238043834"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1238043834"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_3608628250"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1238043834"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1238043834"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1238043834"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_3608628250"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1238043834"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1238043834"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1238043834"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_3608628250"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1238043834"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1238043834"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1238043834"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_3608628250"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1238043834"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1238043834"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1238043834"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_3608628250"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_3608628250"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1238043834"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1238043834"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1238043834"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>