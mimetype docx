--- v6 (2026-02-04)
+++ v7 (2026-02-04)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1238043834"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2597786837"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_2597786837"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2597786837"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1238043834"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2597786837"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_2597786837"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2597786837"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1238043834"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2597786837"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_2597786837"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2597786837"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1238043834"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2597786837"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_2597786837"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2597786837"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1238043834"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2597786837"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_2597786837"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2597786837"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1238043834"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2597786837"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_2597786837"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2597786837"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1238043834"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2597786837"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_2597786837"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2597786837"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1238043834"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1238043834"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2597786837"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_2597786837"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2597786837"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>