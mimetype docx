--- v7 (2026-02-04)
+++ v8 (2026-02-28)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_2597786837"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1330637883"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_1330637883"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1330637883"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_2597786837"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1330637883"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_1330637883"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1330637883"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_2597786837"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1330637883"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_1330637883"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1330637883"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_2597786837"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1330637883"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_1330637883"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1330637883"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_2597786837"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1330637883"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_1330637883"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1330637883"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_2597786837"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1330637883"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_1330637883"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1330637883"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_2597786837"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1330637883"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_1330637883"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1330637883"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_2597786837"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_2597786837"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1330637883"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_1330637883"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1330637883"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>