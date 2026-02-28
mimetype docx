--- v8 (2026-02-28)
+++ v9 (2026-02-28)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_1330637883"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_737284881"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_737284881"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_737284881"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_1330637883"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_737284881"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_737284881"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_737284881"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_1330637883"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_737284881"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_737284881"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_737284881"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_1330637883"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_737284881"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_737284881"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_737284881"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_1330637883"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_737284881"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_737284881"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_737284881"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_1330637883"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_737284881"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_737284881"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_737284881"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_1330637883"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_737284881"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_737284881"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_737284881"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_1330637883"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_1330637883"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_737284881"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_737284881"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_737284881"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>