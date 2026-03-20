--- v9 (2026-02-28)
+++ v10 (2026-03-20)
@@ -1531,188 +1531,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_737284881"/>
+            <w:bookmarkStart w:id="0" w:name="__Fieldmark__0_58564767"/>
+            <w:bookmarkStart w:id="1" w:name="__Fieldmark__0_58564767"/>
+            <w:bookmarkStart w:id="2" w:name="__Fieldmark__0_58564767"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_737284881"/>
+            <w:bookmarkStart w:id="3" w:name="__Fieldmark__1_58564767"/>
+            <w:bookmarkStart w:id="4" w:name="__Fieldmark__1_58564767"/>
+            <w:bookmarkStart w:id="5" w:name="__Fieldmark__1_58564767"/>
             <w:bookmarkEnd w:id="5"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_737284881"/>
+            <w:bookmarkStart w:id="6" w:name="__Fieldmark__2_58564767"/>
+            <w:bookmarkStart w:id="7" w:name="__Fieldmark__2_58564767"/>
+            <w:bookmarkStart w:id="8" w:name="__Fieldmark__2_58564767"/>
             <w:bookmarkEnd w:id="8"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="204" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_737284881"/>
+            <w:bookmarkStart w:id="9" w:name="__Fieldmark__3_58564767"/>
+            <w:bookmarkStart w:id="10" w:name="__Fieldmark__3_58564767"/>
+            <w:bookmarkStart w:id="11" w:name="__Fieldmark__3_58564767"/>
             <w:bookmarkEnd w:id="11"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>………………………………………</w:t>
             </w:r>
           </w:p>
           <w:p>
@@ -1819,188 +1819,188 @@
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo1"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_737284881"/>
+            <w:bookmarkStart w:id="12" w:name="__Fieldmark__4_58564767"/>
+            <w:bookmarkStart w:id="13" w:name="__Fieldmark__4_58564767"/>
+            <w:bookmarkStart w:id="14" w:name="__Fieldmark__4_58564767"/>
             <w:bookmarkEnd w:id="14"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> CARTA D’IDENTITA’</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_737284881"/>
+            <w:bookmarkStart w:id="15" w:name="__Fieldmark__5_58564767"/>
+            <w:bookmarkStart w:id="16" w:name="__Fieldmark__5_58564767"/>
+            <w:bookmarkStart w:id="17" w:name="__Fieldmark__5_58564767"/>
             <w:bookmarkEnd w:id="17"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PASSAPORTO</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_737284881"/>
+            <w:bookmarkStart w:id="18" w:name="__Fieldmark__6_58564767"/>
+            <w:bookmarkStart w:id="19" w:name="__Fieldmark__6_58564767"/>
+            <w:bookmarkStart w:id="20" w:name="__Fieldmark__6_58564767"/>
             <w:bookmarkEnd w:id="20"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> PATENTE</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="Normal"/>
               <w:widowControl/>
               <w:autoSpaceDE w:val="true"/>
               <w:ind w:left="205" w:hanging="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Controllo4"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText> FORMCHECKBOX </w:instrText>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_737284881"/>
-[...1 lines deleted...]
-            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_737284881"/>
+            <w:bookmarkStart w:id="21" w:name="__Fieldmark__7_58564767"/>
+            <w:bookmarkStart w:id="22" w:name="__Fieldmark__7_58564767"/>
+            <w:bookmarkStart w:id="23" w:name="__Fieldmark__7_58564767"/>
             <w:bookmarkEnd w:id="23"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> ……………</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
               </w:rPr>
               <w:t>…………………………</w:t>
             </w:r>
           </w:p>
           <w:p>